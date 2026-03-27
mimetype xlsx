--- v0 (2025-10-10)
+++ v1 (2026-03-27)
@@ -12,221 +12,167 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Nama</t>
   </si>
   <si>
     <t>Harga Saat Ini</t>
   </si>
   <si>
     <t>Satuan</t>
   </si>
   <si>
-    <t>Beras Bulog</t>
+    <t>Daging Sapi</t>
   </si>
   <si>
     <t>kg</t>
   </si>
   <si>
-    <t>Cabe Kecil Rawit Keriting</t>
-[...8 lines deleted...]
-    <t>IKAT</t>
+    <t>Kacang Tanah</t>
+  </si>
+  <si>
+    <t>Bawang Putih</t>
+  </si>
+  <si>
+    <t>Tepung Terigu Kompas</t>
+  </si>
+  <si>
+    <t>Minyak Goreng Curah/Tanpa Merek</t>
+  </si>
+  <si>
+    <t>liter</t>
+  </si>
+  <si>
+    <t>Cabai Rawit</t>
+  </si>
+  <si>
+    <t>Minyak Goreng/Fortune</t>
+  </si>
+  <si>
+    <t>Kentang</t>
+  </si>
+  <si>
+    <t>Gula Pasir Kristal</t>
+  </si>
+  <si>
+    <t>Daging Ayam</t>
+  </si>
+  <si>
+    <t>Jagung Pipil</t>
+  </si>
+  <si>
+    <t>Garam Lokal</t>
+  </si>
+  <si>
+    <t>Beras Premium/Lonceng/Jeruk</t>
+  </si>
+  <si>
+    <t>Bawang Bombai</t>
+  </si>
+  <si>
+    <t>Tomat</t>
+  </si>
+  <si>
+    <t>Kangkung</t>
+  </si>
+  <si>
+    <t>ikat</t>
+  </si>
+  <si>
+    <t>Cabai Keriting</t>
+  </si>
+  <si>
+    <t>Telur Ayam</t>
+  </si>
+  <si>
+    <t>rak</t>
+  </si>
+  <si>
+    <t>Minyak Goreng Kita</t>
+  </si>
+  <si>
+    <t>Tepung Terigu Segitiga Biru</t>
+  </si>
+  <si>
+    <t>Daging Babi</t>
+  </si>
+  <si>
+    <t>Minyak Goreng/Bimoli</t>
+  </si>
+  <si>
+    <t>Cabai Merah Besar</t>
+  </si>
+  <si>
+    <t>Gula Pasir Kekuningan PTPN/ Gula Karung</t>
+  </si>
+  <si>
+    <t>Buncis</t>
+  </si>
+  <si>
+    <t>Sawi</t>
+  </si>
+  <si>
+    <t>Beras Medium Lokal/Oesao</t>
+  </si>
+  <si>
+    <t>Bayam</t>
+  </si>
+  <si>
+    <t>Bawang Merah</t>
   </si>
   <si>
     <t>Kacang Hijau</t>
   </si>
   <si>
-    <t>Ikan Asing Teri (No. 03`)</t>
-[...134 lines deleted...]
-    <t>Bawang Bombai Putih</t>
+    <t>Garam Yodium</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -526,51 +472,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D46"/>
+  <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
@@ -589,501 +535,347 @@
         <v>6</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>14</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>15</v>
       </c>
       <c r="D11" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D13" t="s">
-        <v>19</v>
+        <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D16" t="s">
-        <v>23</v>
+        <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D17" t="s">
-        <v>5</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D19" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D20" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D21" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D22" t="s">
-        <v>19</v>
+        <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D23" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D24" t="s">
-        <v>32</v>
+        <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D25" t="s">
-        <v>34</v>
+        <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D26" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D27" t="s">
-        <v>5</v>
+        <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D28" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D29" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D30" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D32" t="s">
-        <v>5</v>
-[...152 lines deleted...]
-      <c r="D46" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>